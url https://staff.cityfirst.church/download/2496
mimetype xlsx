--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="20417"/>
   <workbookPr showInkAnnotation="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Shared drives\Colleen Finance Drive\Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9E715C61-22C6-4425-895E-6031727A38B8}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C8832A62-9850-4E7A-8837-46F7B14A20AD}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="450" windowWidth="17490" windowHeight="10470" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="240" yWindow="456" windowWidth="17496" windowHeight="10476" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Sheet1!$A$1:$K$40</definedName>
   </definedNames>
   <calcPr calcId="191029" concurrentCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="I28" i="1" l="1"/>
   <c r="K34" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="29">
   <si>
     <t xml:space="preserve">Name  </t>
   </si>
@@ -118,60 +118,60 @@
   <si>
     <t xml:space="preserve">     (3)     Functions where you personally received an honorarium.</t>
   </si>
   <si>
     <t>Total Dollar Reimbursement</t>
   </si>
   <si>
     <t xml:space="preserve">Employee's Signature  </t>
   </si>
   <si>
     <t>Form 1-55</t>
   </si>
   <si>
     <t>Copyright © 2003 by Rex I. Frieze, CPA</t>
   </si>
   <si>
     <t xml:space="preserve">     (1)     Commuting to and from home and office no matter how many</t>
   </si>
   <si>
     <t xml:space="preserve">               trips are made each day.</t>
   </si>
   <si>
     <t>Director's Approval</t>
   </si>
   <si>
-    <t>MONTHLY  MINISTRY  MILEAGE  LOG - 2025</t>
+    <t>MONTHLY  MINISTRY  MILEAGE  LOG - 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
+    <numFmt numFmtId="165" formatCode="&quot;$&quot;#,##0.000"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Tms Rmn"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="14"/>
@@ -551,56 +551,56 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="10" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="44" fontId="3" fillId="0" borderId="18" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="164" fontId="3" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
+    </xf>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Sheet1" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium7"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
@@ -918,724 +918,724 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:L40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="M14" sqref="M14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="8.7109375" style="4"/>
-[...10 lines deleted...]
-    <col min="12" max="16384" width="8.7109375" style="4"/>
+    <col min="1" max="1" width="8.6640625" style="4"/>
+    <col min="2" max="2" width="6.109375" style="4" customWidth="1"/>
+    <col min="3" max="3" width="18.44140625" style="4" customWidth="1"/>
+    <col min="4" max="4" width="10.5546875" style="4" customWidth="1"/>
+    <col min="5" max="5" width="22.33203125" style="4" customWidth="1"/>
+    <col min="6" max="6" width="13.33203125" style="4" customWidth="1"/>
+    <col min="7" max="7" width="16.33203125" style="4" customWidth="1"/>
+    <col min="8" max="8" width="8.6640625" style="4"/>
+    <col min="9" max="9" width="4.109375" style="4" customWidth="1"/>
+    <col min="10" max="10" width="3.33203125" style="4" customWidth="1"/>
+    <col min="11" max="11" width="12.6640625" style="4" customWidth="1"/>
+    <col min="12" max="16384" width="8.6640625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="20.25" x14ac:dyDescent="0.3">
-      <c r="A1" s="54" t="s">
+    <row r="1" spans="1:12" ht="21" x14ac:dyDescent="0.4">
+      <c r="A1" s="53" t="s">
         <v>28</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="3"/>
     </row>
-    <row r="2" spans="1:12" ht="18" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A2" s="5"/>
       <c r="B2" s="5"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
     </row>
-    <row r="3" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" s="6" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="7"/>
       <c r="C3" s="8"/>
       <c r="D3" s="9" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="8"/>
       <c r="F3" s="8"/>
       <c r="G3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="H3" s="10"/>
       <c r="I3" s="11"/>
       <c r="J3" s="12">
         <v>20</v>
       </c>
       <c r="K3" s="11"/>
       <c r="L3" s="9" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
       <c r="L4" s="3"/>
     </row>
-    <row r="5" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" s="13"/>
       <c r="B5" s="14"/>
       <c r="C5" s="15"/>
       <c r="D5" s="13"/>
       <c r="E5" s="14"/>
       <c r="F5" s="16" t="s">
         <v>4</v>
       </c>
       <c r="G5" s="17"/>
       <c r="H5" s="18" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="19"/>
       <c r="J5" s="19"/>
       <c r="K5" s="20" t="s">
         <v>6</v>
       </c>
       <c r="L5" s="3"/>
     </row>
-    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="21" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="22"/>
       <c r="C6" s="23" t="s">
         <v>8</v>
       </c>
       <c r="D6" s="21" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="22"/>
       <c r="F6" s="24" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="24" t="s">
         <v>11</v>
       </c>
       <c r="H6" s="21" t="s">
         <v>12</v>
       </c>
       <c r="I6" s="22"/>
       <c r="J6" s="22"/>
       <c r="K6" s="23" t="s">
         <v>13</v>
       </c>
       <c r="L6" s="3"/>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" s="25"/>
       <c r="B7" s="26"/>
       <c r="C7" s="27"/>
       <c r="D7" s="28"/>
       <c r="E7" s="26"/>
       <c r="F7" s="27"/>
       <c r="G7" s="27"/>
       <c r="H7" s="28"/>
       <c r="I7" s="29"/>
       <c r="J7" s="26"/>
       <c r="K7" s="30" t="s">
         <v>14</v>
       </c>
       <c r="L7" s="3"/>
     </row>
-    <row r="8" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A8" s="25"/>
       <c r="B8" s="26"/>
       <c r="C8" s="27"/>
       <c r="D8" s="28"/>
       <c r="E8" s="26"/>
       <c r="F8" s="27"/>
       <c r="G8" s="27"/>
       <c r="H8" s="28"/>
       <c r="I8" s="29"/>
       <c r="J8" s="26"/>
       <c r="K8" s="27"/>
       <c r="L8" s="3"/>
     </row>
-    <row r="9" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" s="25"/>
       <c r="B9" s="26"/>
       <c r="C9" s="27"/>
       <c r="D9" s="28"/>
       <c r="E9" s="26"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="28"/>
       <c r="I9" s="29"/>
       <c r="J9" s="26"/>
       <c r="K9" s="27"/>
       <c r="L9" s="3"/>
     </row>
-    <row r="10" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A10" s="25"/>
       <c r="B10" s="26"/>
       <c r="C10" s="27"/>
       <c r="D10" s="28"/>
       <c r="E10" s="26"/>
       <c r="F10" s="27"/>
       <c r="G10" s="27"/>
       <c r="H10" s="28"/>
       <c r="I10" s="29"/>
       <c r="J10" s="26"/>
       <c r="K10" s="27"/>
       <c r="L10" s="3"/>
     </row>
-    <row r="11" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" s="25"/>
       <c r="B11" s="26"/>
       <c r="C11" s="27"/>
       <c r="D11" s="28"/>
       <c r="E11" s="26"/>
       <c r="F11" s="27"/>
       <c r="G11" s="27"/>
       <c r="H11" s="28"/>
       <c r="I11" s="29"/>
       <c r="J11" s="26"/>
       <c r="K11" s="27"/>
       <c r="L11" s="3"/>
     </row>
-    <row r="12" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A12" s="25"/>
       <c r="B12" s="26"/>
       <c r="C12" s="27"/>
       <c r="D12" s="28"/>
       <c r="E12" s="26"/>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="28"/>
       <c r="I12" s="29"/>
       <c r="J12" s="26"/>
       <c r="K12" s="27"/>
       <c r="L12" s="3"/>
     </row>
-    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A13" s="25"/>
       <c r="B13" s="26"/>
       <c r="C13" s="27"/>
       <c r="D13" s="28"/>
       <c r="E13" s="26"/>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="28"/>
       <c r="I13" s="29"/>
       <c r="J13" s="26"/>
       <c r="K13" s="27"/>
       <c r="L13" s="3"/>
     </row>
-    <row r="14" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A14" s="25"/>
       <c r="B14" s="26"/>
       <c r="C14" s="27"/>
       <c r="D14" s="28"/>
       <c r="E14" s="26"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="28"/>
       <c r="I14" s="29"/>
       <c r="J14" s="26"/>
       <c r="K14" s="27"/>
       <c r="L14" s="3"/>
     </row>
-    <row r="15" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A15" s="25"/>
       <c r="B15" s="26"/>
       <c r="C15" s="27"/>
       <c r="D15" s="28"/>
       <c r="E15" s="26"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="28"/>
       <c r="I15" s="29"/>
       <c r="J15" s="26"/>
       <c r="K15" s="27"/>
       <c r="L15" s="3"/>
     </row>
-    <row r="16" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A16" s="25"/>
       <c r="B16" s="26"/>
       <c r="C16" s="27"/>
       <c r="D16" s="28"/>
       <c r="E16" s="26"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="28"/>
       <c r="I16" s="29"/>
       <c r="J16" s="26"/>
       <c r="K16" s="27"/>
       <c r="L16" s="3"/>
     </row>
-    <row r="17" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A17" s="28"/>
       <c r="B17" s="26"/>
       <c r="C17" s="27"/>
       <c r="D17" s="28"/>
       <c r="E17" s="26"/>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="28"/>
       <c r="I17" s="29"/>
       <c r="J17" s="26"/>
       <c r="K17" s="27"/>
       <c r="L17" s="3"/>
     </row>
-    <row r="18" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A18" s="28"/>
       <c r="B18" s="26"/>
       <c r="C18" s="27"/>
       <c r="D18" s="28"/>
       <c r="E18" s="26"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="28"/>
       <c r="I18" s="29"/>
       <c r="J18" s="26"/>
       <c r="K18" s="27"/>
       <c r="L18" s="3"/>
     </row>
-    <row r="19" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A19" s="28"/>
       <c r="B19" s="26"/>
       <c r="C19" s="27"/>
       <c r="D19" s="28"/>
       <c r="E19" s="26"/>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="28"/>
       <c r="I19" s="29"/>
       <c r="J19" s="26"/>
       <c r="K19" s="27"/>
       <c r="L19" s="3"/>
     </row>
-    <row r="20" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" s="28"/>
       <c r="B20" s="26"/>
       <c r="C20" s="27"/>
       <c r="D20" s="28"/>
       <c r="E20" s="26"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="28"/>
       <c r="I20" s="29"/>
       <c r="J20" s="26"/>
       <c r="K20" s="27"/>
       <c r="L20" s="3"/>
     </row>
-    <row r="21" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A21" s="28"/>
       <c r="B21" s="26"/>
       <c r="C21" s="27"/>
       <c r="D21" s="28"/>
       <c r="E21" s="26"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="28"/>
       <c r="I21" s="29"/>
       <c r="J21" s="26"/>
       <c r="K21" s="27"/>
       <c r="L21" s="3"/>
     </row>
-    <row r="22" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A22" s="28"/>
       <c r="B22" s="26"/>
       <c r="C22" s="27"/>
       <c r="D22" s="28"/>
       <c r="E22" s="26"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="28"/>
       <c r="I22" s="29"/>
       <c r="J22" s="26"/>
       <c r="K22" s="27"/>
       <c r="L22" s="3"/>
     </row>
-    <row r="23" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A23" s="28"/>
       <c r="B23" s="26"/>
       <c r="C23" s="27"/>
       <c r="D23" s="28"/>
       <c r="E23" s="26"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="28"/>
       <c r="I23" s="29"/>
       <c r="J23" s="26"/>
       <c r="K23" s="27"/>
       <c r="L23" s="3"/>
     </row>
-    <row r="24" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A24" s="28"/>
       <c r="B24" s="26"/>
       <c r="C24" s="27"/>
       <c r="D24" s="28"/>
       <c r="E24" s="26"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="28"/>
       <c r="I24" s="29"/>
       <c r="J24" s="26"/>
       <c r="K24" s="27"/>
       <c r="L24" s="3"/>
     </row>
-    <row r="25" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A25" s="28"/>
       <c r="B25" s="26"/>
       <c r="C25" s="27"/>
       <c r="D25" s="28"/>
       <c r="E25" s="26"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="28"/>
       <c r="I25" s="29"/>
       <c r="J25" s="26"/>
       <c r="K25" s="27"/>
       <c r="L25" s="3"/>
     </row>
-    <row r="26" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A26" s="28"/>
       <c r="B26" s="26"/>
       <c r="C26" s="27"/>
       <c r="D26" s="28"/>
       <c r="E26" s="26"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="28"/>
       <c r="I26" s="29"/>
       <c r="J26" s="26"/>
       <c r="K26" s="27"/>
       <c r="L26" s="3"/>
     </row>
-    <row r="27" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A27" s="31"/>
       <c r="B27" s="31"/>
       <c r="C27" s="31"/>
       <c r="D27" s="31"/>
       <c r="E27" s="31"/>
       <c r="F27" s="31"/>
       <c r="G27" s="31"/>
       <c r="H27" s="32"/>
       <c r="I27" s="33"/>
       <c r="J27" s="34"/>
       <c r="K27" s="35"/>
       <c r="L27" s="3"/>
     </row>
-    <row r="28" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A28" s="36" t="s">
         <v>15</v>
       </c>
       <c r="B28" s="37" t="s">
         <v>16</v>
       </c>
       <c r="C28" s="31"/>
       <c r="D28" s="31"/>
       <c r="E28" s="31"/>
       <c r="F28" s="38" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="31"/>
       <c r="H28" s="39"/>
       <c r="I28" s="8">
         <f>SUM(I7:I27)</f>
         <v>0</v>
       </c>
       <c r="J28" s="40"/>
       <c r="K28" s="41"/>
       <c r="L28" s="3"/>
     </row>
-    <row r="29" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A29" s="42"/>
       <c r="B29" s="37" t="s">
         <v>25</v>
       </c>
       <c r="C29" s="31"/>
       <c r="D29" s="31"/>
       <c r="E29" s="31"/>
       <c r="F29" s="31"/>
       <c r="G29" s="31"/>
       <c r="H29" s="43"/>
       <c r="I29" s="44"/>
       <c r="J29" s="45"/>
       <c r="K29" s="41"/>
       <c r="L29" s="3"/>
     </row>
-    <row r="30" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A30" s="42"/>
       <c r="B30" s="46" t="s">
         <v>26</v>
       </c>
       <c r="F30" s="38" t="s">
         <v>19</v>
       </c>
       <c r="G30" s="31"/>
-      <c r="H30" s="53">
-        <v>0.7</v>
+      <c r="H30" s="54">
+        <v>0.72499999999999998</v>
       </c>
       <c r="I30" s="8"/>
       <c r="J30" s="40"/>
       <c r="K30" s="41"/>
       <c r="L30" s="3"/>
     </row>
-    <row r="31" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A31" s="42"/>
       <c r="B31" s="37" t="s">
         <v>18</v>
       </c>
       <c r="C31" s="31"/>
       <c r="D31" s="31"/>
       <c r="E31" s="31"/>
       <c r="F31" s="31"/>
       <c r="G31" s="31"/>
       <c r="H31" s="43"/>
       <c r="I31" s="44"/>
       <c r="J31" s="45"/>
       <c r="K31" s="41"/>
       <c r="L31" s="3"/>
     </row>
-    <row r="32" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A32" s="42"/>
       <c r="B32" s="37" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="31"/>
       <c r="D32" s="31"/>
       <c r="E32" s="31"/>
       <c r="F32" s="31"/>
       <c r="G32" s="31"/>
       <c r="H32" s="47"/>
       <c r="I32" s="8"/>
       <c r="J32" s="48"/>
       <c r="K32" s="49"/>
       <c r="L32" s="3"/>
     </row>
-    <row r="33" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A33" s="36"/>
       <c r="F33" s="31"/>
       <c r="G33" s="31"/>
       <c r="H33" s="31"/>
       <c r="I33" s="31"/>
       <c r="J33" s="31"/>
       <c r="K33" s="41"/>
       <c r="L33" s="3"/>
     </row>
-    <row r="34" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:12" ht="13.8" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="31"/>
       <c r="B34" s="31"/>
       <c r="C34" s="31"/>
       <c r="D34" s="31"/>
       <c r="E34" s="31"/>
       <c r="F34" s="31"/>
       <c r="G34" s="38" t="s">
         <v>21</v>
       </c>
       <c r="H34" s="31"/>
       <c r="I34" s="31"/>
       <c r="J34" s="31"/>
       <c r="K34" s="50">
         <f>I28*H30</f>
         <v>0</v>
       </c>
       <c r="L34" s="3"/>
     </row>
-    <row r="35" spans="1:12" ht="13.5" thickTop="1" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:12" ht="13.8" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A35" s="31"/>
       <c r="B35" s="31"/>
       <c r="C35" s="31"/>
       <c r="D35" s="31"/>
       <c r="E35" s="31"/>
       <c r="F35" s="31"/>
       <c r="G35" s="31"/>
       <c r="H35" s="31"/>
       <c r="I35" s="31"/>
       <c r="J35" s="31"/>
       <c r="K35" s="31"/>
       <c r="L35" s="3"/>
     </row>
-    <row r="36" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A36" s="38" t="s">
         <v>22</v>
       </c>
       <c r="B36" s="51"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="8"/>
       <c r="F36" s="8"/>
       <c r="G36" s="52" t="s">
         <v>7</v>
       </c>
       <c r="H36" s="8"/>
       <c r="I36" s="8"/>
       <c r="J36" s="8"/>
       <c r="K36" s="8"/>
       <c r="L36" s="3"/>
     </row>
-    <row r="37" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A37" s="31"/>
       <c r="B37" s="31"/>
       <c r="C37" s="31"/>
       <c r="D37" s="31"/>
       <c r="E37" s="31"/>
       <c r="F37" s="31"/>
       <c r="G37" s="31"/>
       <c r="H37" s="31"/>
       <c r="I37" s="31"/>
       <c r="J37" s="31"/>
       <c r="K37" s="31"/>
       <c r="L37" s="3"/>
     </row>
-    <row r="38" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A38" s="38" t="s">
         <v>27</v>
       </c>
       <c r="B38" s="51"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="8"/>
       <c r="F38" s="8"/>
       <c r="G38" s="52" t="s">
         <v>7</v>
       </c>
       <c r="H38" s="8"/>
       <c r="I38" s="8"/>
       <c r="J38" s="8"/>
       <c r="K38" s="8"/>
       <c r="L38" s="3"/>
     </row>
-    <row r="39" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A39" s="3"/>
       <c r="B39" s="3"/>
       <c r="C39" s="3"/>
       <c r="D39" s="3"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3"/>
       <c r="K39" s="3"/>
       <c r="L39" s="3"/>
     </row>
-    <row r="40" spans="1:12" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A40" s="9" t="s">
         <v>24</v>
       </c>
       <c r="B40" s="9"/>
       <c r="C40" s="3"/>
       <c r="D40" s="3"/>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3"/>
       <c r="I40" s="3"/>
       <c r="J40" s="3"/>
       <c r="K40" s="6" t="s">
         <v>23</v>
       </c>
       <c r="L40" s="3"/>
     </row>
   </sheetData>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.2" right="0" top="0.41" bottom="0.35" header="0.2" footer="0.24"/>
   <pageSetup scale="105" orientation="landscape" r:id="rId1"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="11" max="39" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.7109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.6640625" defaultRowHeight="13.2" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>